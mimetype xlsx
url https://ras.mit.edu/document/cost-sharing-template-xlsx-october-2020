--- v0 (2025-12-13)
+++ v1 (2026-01-05)
@@ -1,332 +1,371 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" mc:Ignorable="x15 xr xr6 xr10">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10313"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11207"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/kiirja/Dropbox (MIT)/2022 Storage/RAS website/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/eboettch/MIT Dropbox/Emma Boettcher/General/RAS/2025-07 Cost sharing/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:40009_{C711CB3C-B0AE-4643-91CD-36182A9AB158}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DA5097AD-CE3B-2D40-8398-3799A51C10AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="31260" yWindow="2360" windowWidth="24020" windowHeight="12740"/>
+    <workbookView xWindow="31260" yWindow="2360" windowWidth="24020" windowHeight="12740" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Template" sheetId="1" r:id="rId1"/>
     <sheet name="Cost Sharing Type and Codes" sheetId="2" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="80000"/>
+  <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="62">
+  <si>
+    <t>Cost Sharing Template</t>
+  </si>
+  <si>
+    <t>(Complete separate template for each fiscal year)</t>
+  </si>
+  <si>
+    <t>Level One WBS Element:</t>
+  </si>
+  <si>
+    <t>Level One WBS Project Period:</t>
+  </si>
+  <si>
+    <t>Please Shade Cell of                     Cost Sharing Type</t>
+  </si>
+  <si>
+    <t>Cost Sharing Detail</t>
+  </si>
+  <si>
+    <t>FY</t>
+  </si>
+  <si>
+    <t>Amount</t>
+  </si>
+  <si>
+    <t>Funding Source*****</t>
+  </si>
+  <si>
+    <t>Destination Account****</t>
+  </si>
+  <si>
+    <t>(a) Funded Cost Sharing</t>
+  </si>
+  <si>
+    <t>MF</t>
+  </si>
+  <si>
+    <t>VF</t>
+  </si>
+  <si>
+    <t>Salary &amp; EB*: [Individual Name]</t>
+  </si>
+  <si>
+    <t>Non-Salary</t>
+  </si>
+  <si>
+    <t>F&amp;A**</t>
+  </si>
+  <si>
+    <t>Tuition Subsidy</t>
+  </si>
+  <si>
+    <t>UROP</t>
+  </si>
+  <si>
+    <t>Unrecovered F&amp;A</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>(b) Non-Funded Cost Sharing</t>
+  </si>
+  <si>
+    <t>MNF</t>
+  </si>
+  <si>
+    <t>VNF</t>
+  </si>
+  <si>
+    <t>Volunteer Services</t>
+  </si>
+  <si>
+    <t>Subrecipient***</t>
+  </si>
+  <si>
+    <t>Total Cost Sharing</t>
+  </si>
+  <si>
+    <t>Comments:</t>
+  </si>
+  <si>
+    <t>Important Note:  Comments are entered only on the Level One WBS and may be viewed by all Kuali Coeus users.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">*   </t>
+  </si>
+  <si>
+    <t>When a salary % (not $s) is committed as cost sharing, use the current FY salary to calculate future year amounts.  Then when actual salary and EB are known, complete and submit to Research Administration Services a KC Cost Sharing Data Change Form. When cost sharing salary is funded by a cost object outside the administering DLC, enter a separate line for each individual adding the individual's last name.  (Individual names will not be entered in Kuali Coeus.)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">**   </t>
+  </si>
+  <si>
+    <t>Unless otherwise negotiated, enter Institute account 1402600 as funding source for Mandatory-Funded (MF) F&amp;A.  Enter a DLC account for Voluntary Funded (VF) F&amp;A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">***   </t>
+  </si>
+  <si>
+    <t>Must be entered if subrecipient cost sharing is proposed.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">****   </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Destination account must be entered </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>only</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> when more than one lower level WBS cost sharing account is requested.  If cost sharing accounts have not yet been created, enter Destination "A", "B", "C", etc. to identify the separate accounts.</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">During award setup, provide actual accounts on this form. At proposal stage, funding source codes may have been used to document cost sharing in KC. </t>
+  </si>
+  <si>
+    <t>Approval of all funding source(s), including those outside the administering DLCI</t>
+  </si>
+  <si>
+    <t>Funding Source</t>
+  </si>
+  <si>
+    <t>Approval by DLCI DAF or equivalent</t>
+  </si>
+  <si>
+    <t>Cost Sharing Template, Continued</t>
+  </si>
+  <si>
+    <t>Cost Sharing Types</t>
+  </si>
+  <si>
+    <t>Code</t>
+  </si>
+  <si>
+    <t>Name</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>(a) Funded Cost Sharing (cost sharing funded by DLC/MIT)</t>
+  </si>
+  <si>
+    <t>Mandatory Funding</t>
+  </si>
+  <si>
+    <t>Sponsor requires cost sharing.</t>
+  </si>
   <si>
     <t>Voluntary Funded</t>
   </si>
   <si>
+    <t>Sponsor does not require cost sharing, but PI offers cost sharing in proposal.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            (b) Non-Funded Cost Sharing (cost sharing funded by external source, not funded by DLC/MIT)</t>
+  </si>
+  <si>
+    <t>Mandatory Non-Funded</t>
+  </si>
+  <si>
     <t>Voluntary Non-Funded</t>
   </si>
   <si>
+    <t>Funding Source Codes</t>
+  </si>
+  <si>
     <t>Non-Funded</t>
   </si>
   <si>
     <t>Institute</t>
   </si>
   <si>
     <t>Provost</t>
   </si>
   <si>
     <t>School</t>
   </si>
   <si>
     <t>DLC</t>
   </si>
   <si>
     <t>Unknown</t>
   </si>
   <si>
-    <t>(Complete separate template for each fiscal year)</t>
-[...109 lines deleted...]
-  <si>
     <t>Third Party Cash Donation</t>
   </si>
   <si>
-    <t>Sponsor requires cost sharing.</t>
-[...41 lines deleted...]
-    <t>When a salary % (not $s) is committed as cost sharing, use the current FY salary to calculate future year amounts.  Then when actual salary and EB are known, complete and submit to Research Administration Services a KC Cost Sharing Data Change Form. When cost sharing salary is funded by a cost object outside the administering DLC, enter a separate line for each individual adding the individual's last name.  (Individual names will not be entered in Kuali Coeus.)</t>
+    <t xml:space="preserve">*****   </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0000000"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
-      <sz val="10"/>
-[...3 lines deleted...]
-      <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-      <sz val="12"/>
+      <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <u/>
-      <sz val="10"/>
+      <sz val="9"/>
+      <color rgb="FFC00000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
@@ -454,396 +493,433 @@
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="83">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="5"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...5 lines deleted...]
-      <alignment vertical="top"/>
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...21 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>368301</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>11746</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>207819</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>150311</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2" descr="MIT Office of the Vice President for Research, Research Administration Services">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B113642-F0E3-2CFF-1C32-CA33DAC69FEA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="368301" y="11765019"/>
+          <a:ext cx="3695700" cy="300201"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -971,918 +1047,881 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J43"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E3" sqref="E3"/>
+    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="F53" sqref="F53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="10.83203125" customWidth="1"/>
     <col min="2" max="3" width="13.5" customWidth="1"/>
     <col min="4" max="4" width="12.6640625" customWidth="1"/>
     <col min="5" max="5" width="12" customWidth="1"/>
     <col min="6" max="6" width="13.1640625" customWidth="1"/>
     <col min="7" max="7" width="10.1640625" customWidth="1"/>
-    <col min="8" max="8" width="10.5" style="3" customWidth="1"/>
+    <col min="8" max="8" width="11.33203125" style="3" customWidth="1"/>
     <col min="9" max="9" width="12" customWidth="1"/>
     <col min="10" max="10" width="1.1640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="16" x14ac:dyDescent="0.2">
-      <c r="A1" s="69" t="s">
-[...10 lines deleted...]
-      <c r="J1" s="70"/>
+      <c r="B1" s="80"/>
+      <c r="C1" s="80"/>
+      <c r="D1" s="80"/>
+      <c r="E1" s="55" t="s">
+        <v>0</v>
+      </c>
+      <c r="F1" s="80"/>
+      <c r="G1" s="80"/>
+      <c r="H1" s="80"/>
+      <c r="I1" s="81"/>
+      <c r="J1" s="81"/>
     </row>
     <row r="2" spans="1:10" ht="16" x14ac:dyDescent="0.2">
-      <c r="A2" s="71" t="s">
-[...10 lines deleted...]
-      <c r="J2" s="70"/>
+      <c r="B2" s="80"/>
+      <c r="C2" s="80"/>
+      <c r="D2" s="80"/>
+      <c r="E2" s="55" t="s">
+        <v>1</v>
+      </c>
+      <c r="F2" s="80"/>
+      <c r="G2" s="80"/>
+      <c r="H2" s="80"/>
+      <c r="I2" s="81"/>
+      <c r="J2" s="81"/>
     </row>
     <row r="3" spans="1:10" ht="29" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="E3" s="79"/>
       <c r="G3" s="3"/>
       <c r="H3"/>
     </row>
     <row r="4" spans="1:10" ht="16" x14ac:dyDescent="0.2">
-      <c r="A4" s="74" t="s">
-[...8 lines deleted...]
-      <c r="H4" s="50"/>
+      <c r="B4" s="82"/>
+      <c r="C4" s="82"/>
+      <c r="D4" s="56" t="s">
+        <v>2</v>
+      </c>
+      <c r="E4" s="24"/>
+      <c r="F4" s="24"/>
+      <c r="G4" s="37"/>
+      <c r="H4" s="24"/>
     </row>
     <row r="5" spans="1:10" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="74" t="s">
-[...8 lines deleted...]
-      <c r="H5" s="43"/>
+      <c r="B5" s="82"/>
+      <c r="C5" s="82"/>
+      <c r="D5" s="56" t="s">
+        <v>3</v>
+      </c>
+      <c r="E5" s="36"/>
+      <c r="F5" s="36"/>
+      <c r="G5" s="38"/>
+      <c r="H5" s="36"/>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.15">
       <c r="G6" s="3"/>
       <c r="H6"/>
     </row>
     <row r="7" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A7" s="72" t="s">
+      <c r="A7" s="61" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="62"/>
+      <c r="C7" s="64" t="s">
+        <v>5</v>
+      </c>
+      <c r="D7" s="58"/>
+      <c r="E7" s="59"/>
+      <c r="F7" s="40" t="s">
+        <v>6</v>
+      </c>
+      <c r="G7" s="40" t="s">
+        <v>7</v>
+      </c>
+      <c r="H7" s="41" t="s">
+        <v>8</v>
+      </c>
+      <c r="I7" s="42" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="26" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A8" s="44"/>
+      <c r="B8" s="43"/>
+      <c r="C8" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="B7" s="73"/>
-[...29 lines deleted...]
-      <c r="I8" s="52"/>
+      <c r="D8" s="43"/>
+      <c r="E8" s="43"/>
+      <c r="F8" s="43"/>
+      <c r="G8" s="49"/>
+      <c r="H8" s="36"/>
+      <c r="I8" s="48"/>
     </row>
     <row r="9" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A9" s="1" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      <c r="F9" s="25"/>
+        <v>12</v>
+      </c>
+      <c r="C9" s="63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" s="58"/>
+      <c r="E9" s="59"/>
+      <c r="F9" s="19"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
-      <c r="I9" s="46"/>
+      <c r="I9" s="39"/>
     </row>
     <row r="10" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A10" s="1" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      <c r="F10" s="25"/>
+        <v>12</v>
+      </c>
+      <c r="C10" s="57" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" s="58"/>
+      <c r="E10" s="59"/>
+      <c r="F10" s="19"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
-      <c r="I10" s="46"/>
+      <c r="I10" s="39"/>
     </row>
     <row r="11" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A11" s="1" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      <c r="F11" s="25"/>
+        <v>12</v>
+      </c>
+      <c r="C11" s="57" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" s="58"/>
+      <c r="E11" s="59"/>
+      <c r="F11" s="19"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
-      <c r="I11" s="46"/>
+      <c r="I11" s="39"/>
     </row>
     <row r="12" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A12" s="1" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>24</v>
-[...7 lines deleted...]
-      <c r="G12" s="46"/>
+        <v>12</v>
+      </c>
+      <c r="C12" s="57" t="s">
+        <v>16</v>
+      </c>
+      <c r="D12" s="58"/>
+      <c r="E12" s="59"/>
+      <c r="F12" s="19"/>
+      <c r="G12" s="39"/>
       <c r="H12" s="2">
         <v>5</v>
       </c>
       <c r="I12" s="2">
         <v>9999999</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A13" s="1" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>24</v>
-[...7 lines deleted...]
-      <c r="G13" s="46"/>
+        <v>12</v>
+      </c>
+      <c r="C13" s="57" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" s="58"/>
+      <c r="E13" s="59"/>
+      <c r="F13" s="19"/>
+      <c r="G13" s="39"/>
       <c r="H13" s="2">
         <v>6</v>
       </c>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A14" s="1" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>24</v>
-[...8 lines deleted...]
-      <c r="H14" s="2"/>
+        <v>12</v>
+      </c>
+      <c r="C14" s="57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" s="58"/>
+      <c r="E14" s="59"/>
+      <c r="F14" s="19"/>
+      <c r="G14" s="39"/>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A15" s="1" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-      <c r="G15" s="46"/>
+        <v>12</v>
+      </c>
+      <c r="C15" t="s">
+        <v>19</v>
+      </c>
+      <c r="F15" s="19"/>
+      <c r="G15" s="39"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
-    <row r="16" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A16" s="1" t="s">
+    <row r="16" spans="1:10" ht="26" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A16" s="44"/>
+      <c r="B16" s="36"/>
+      <c r="C16" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" s="36"/>
+      <c r="E16" s="36"/>
+      <c r="F16" s="36"/>
+      <c r="G16" s="36"/>
+      <c r="H16" s="49"/>
+      <c r="I16" s="46"/>
+    </row>
+    <row r="17" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A17" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="C17" s="57" t="s">
         <v>23</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="D17" s="58"/>
+      <c r="E17" s="59"/>
+      <c r="F17" s="19"/>
+      <c r="G17" s="39"/>
+      <c r="H17" s="2">
+        <v>0</v>
+      </c>
+      <c r="I17" s="2">
+        <v>9999999</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A18" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="C18" s="57" t="s">
         <v>24</v>
       </c>
-      <c r="C16" s="66"/>
-[...33 lines deleted...]
-      <c r="G18" s="46"/>
+      <c r="D18" s="58"/>
+      <c r="E18" s="59"/>
+      <c r="F18" s="19"/>
+      <c r="G18" s="39"/>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="2">
         <v>9999999</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A19" s="4" t="s">
-[...11 lines deleted...]
-      <c r="G19" s="46"/>
+      <c r="A19" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="C19" s="57" t="s">
+        <v>19</v>
+      </c>
+      <c r="D19" s="58"/>
+      <c r="E19" s="59"/>
+      <c r="F19" s="19"/>
+      <c r="G19" s="39"/>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="2">
         <v>9999999</v>
       </c>
     </row>
-    <row r="20" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A20" s="4" t="s">
+    <row r="20" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="D20" s="68" t="s">
+        <v>25</v>
+      </c>
+      <c r="E20" s="69"/>
+      <c r="F20" s="69"/>
+      <c r="G20" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="34" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="A22" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B22" s="24"/>
+      <c r="C22" s="25"/>
+      <c r="D22" s="26"/>
+      <c r="E22" s="21"/>
+      <c r="F22" s="21"/>
+      <c r="G22" s="21"/>
+      <c r="H22" s="21"/>
+      <c r="I22" s="22"/>
+    </row>
+    <row r="23" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B23" s="27"/>
+      <c r="C23" s="27"/>
+      <c r="D23" s="28"/>
+      <c r="E23" s="28"/>
+      <c r="F23" s="28"/>
+      <c r="G23" s="28"/>
+      <c r="H23" s="28"/>
+      <c r="I23" s="22"/>
+    </row>
+    <row r="24" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B24" s="65" t="s">
+        <v>27</v>
+      </c>
+      <c r="C24" s="66"/>
+      <c r="D24" s="66"/>
+      <c r="E24" s="66"/>
+      <c r="F24" s="66"/>
+      <c r="G24" s="66"/>
+      <c r="H24" s="66"/>
+      <c r="I24" s="23"/>
+    </row>
+    <row r="25" spans="1:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B25" s="22"/>
+      <c r="C25" s="30"/>
+      <c r="D25" s="30"/>
+      <c r="E25" s="30"/>
+      <c r="F25" s="30"/>
+      <c r="G25" s="30"/>
+      <c r="H25" s="30"/>
+      <c r="I25" s="23"/>
+    </row>
+    <row r="26" spans="1:9" ht="60.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A26" s="33" t="s">
+        <v>28</v>
+      </c>
+      <c r="B26" s="67" t="s">
+        <v>29</v>
+      </c>
+      <c r="C26" s="67"/>
+      <c r="D26" s="67"/>
+      <c r="E26" s="67"/>
+      <c r="F26" s="67"/>
+      <c r="G26" s="67"/>
+      <c r="H26" s="67"/>
+    </row>
+    <row r="27" spans="1:9" ht="6" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A27" s="33"/>
+      <c r="B27" s="29"/>
+      <c r="C27" s="29"/>
+      <c r="D27" s="29"/>
+      <c r="E27" s="29"/>
+      <c r="F27" s="29"/>
+      <c r="G27" s="29"/>
+      <c r="H27" s="29"/>
+    </row>
+    <row r="28" spans="1:9" ht="26.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A28" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B20" s="4" t="s">
+      <c r="B28" s="71" t="s">
         <v>31</v>
       </c>
-      <c r="C20" s="63" t="s">
+      <c r="C28" s="71"/>
+      <c r="D28" s="71"/>
+      <c r="E28" s="72"/>
+      <c r="F28" s="72"/>
+      <c r="G28" s="72"/>
+      <c r="H28" s="72"/>
+    </row>
+    <row r="29" spans="1:9" ht="6" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A29" s="33"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="31"/>
+      <c r="D29" s="31"/>
+      <c r="E29" s="31"/>
+      <c r="F29" s="31"/>
+      <c r="G29" s="31"/>
+      <c r="H29" s="32"/>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="A30" s="33" t="s">
+        <v>32</v>
+      </c>
+      <c r="B30" s="71" t="s">
         <v>33</v>
       </c>
-      <c r="D20" s="64"/>
-[...17 lines deleted...]
-      <c r="C21" s="63" t="s">
+      <c r="C30" s="71"/>
+      <c r="D30" s="71"/>
+      <c r="E30" s="75"/>
+      <c r="F30" s="75"/>
+      <c r="G30" s="75"/>
+      <c r="H30" s="75"/>
+    </row>
+    <row r="31" spans="1:9" ht="6" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A31" s="34"/>
+      <c r="B31" s="31"/>
+      <c r="C31" s="31"/>
+      <c r="D31" s="31"/>
+      <c r="E31" s="31"/>
+      <c r="F31" s="31"/>
+      <c r="G31" s="31"/>
+      <c r="H31" s="32"/>
+    </row>
+    <row r="32" spans="1:9" ht="42.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A32" s="33" t="s">
         <v>34</v>
       </c>
-      <c r="D21" s="64"/>
-[...17 lines deleted...]
-      <c r="C22" s="63" t="s">
+      <c r="B32" s="70" t="s">
         <v>35</v>
       </c>
-      <c r="D22" s="64"/>
-[...11 lines deleted...]
-      <c r="D23" s="66" t="s">
+      <c r="C32" s="71"/>
+      <c r="D32" s="71"/>
+      <c r="E32" s="72"/>
+      <c r="F32" s="72"/>
+      <c r="G32" s="72"/>
+      <c r="H32" s="72"/>
+    </row>
+    <row r="33" spans="1:8" ht="7" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A33" s="33"/>
+      <c r="B33" s="52"/>
+      <c r="C33" s="53"/>
+      <c r="D33" s="53"/>
+      <c r="E33" s="54"/>
+      <c r="F33" s="54"/>
+      <c r="G33" s="54"/>
+      <c r="H33" s="54"/>
+    </row>
+    <row r="34" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A34" s="33" t="s">
+        <v>61</v>
+      </c>
+      <c r="B34" s="71" t="s">
         <v>36</v>
       </c>
-      <c r="E23" s="67"/>
-[...7 lines deleted...]
-      <c r="A25" s="5" t="s">
+      <c r="C34" s="71"/>
+      <c r="D34" s="71"/>
+      <c r="E34" s="71"/>
+      <c r="F34" s="71"/>
+      <c r="G34" s="71"/>
+      <c r="H34" s="71"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.15">
+      <c r="A36" s="35" t="s">
         <v>37</v>
       </c>
-      <c r="B25" s="30"/>
-[...143 lines deleted...]
-    <row r="40" spans="1:8" ht="7.5" customHeight="1" x14ac:dyDescent="0.15"/>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.15">
+      <c r="B38" s="73" t="s">
+        <v>38</v>
+      </c>
+      <c r="C38" s="74"/>
+      <c r="D38" s="74"/>
+      <c r="F38" s="73" t="s">
+        <v>39</v>
+      </c>
+      <c r="G38" s="74"/>
+      <c r="H38" s="74"/>
+    </row>
+    <row r="39" spans="1:8" ht="7.5" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="40" spans="1:8" ht="35.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B40" s="24"/>
+      <c r="C40" s="24"/>
+      <c r="D40" s="24"/>
+      <c r="F40" s="24"/>
+      <c r="G40" s="24"/>
+      <c r="H40" s="37"/>
+    </row>
     <row r="41" spans="1:8" ht="35.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B41" s="30"/>
-[...4 lines deleted...]
-      <c r="H41" s="44"/>
+      <c r="B41" s="36"/>
+      <c r="C41" s="36"/>
+      <c r="D41" s="36"/>
+      <c r="F41" s="36"/>
+      <c r="G41" s="36"/>
+      <c r="H41" s="38"/>
     </row>
     <row r="42" spans="1:8" ht="35.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B42" s="43"/>
-[...13 lines deleted...]
-    </row>
+      <c r="B42" s="36"/>
+      <c r="C42" s="36"/>
+      <c r="D42" s="36"/>
+      <c r="F42" s="36"/>
+      <c r="G42" s="36"/>
+      <c r="H42" s="38"/>
+    </row>
+    <row r="43" spans="1:8" ht="7" customHeight="1" x14ac:dyDescent="0.15"/>
   </sheetData>
-  <mergeCells count="27">
+  <mergeCells count="20">
+    <mergeCell ref="B32:H32"/>
+    <mergeCell ref="B38:D38"/>
+    <mergeCell ref="F38:H38"/>
+    <mergeCell ref="B30:H30"/>
+    <mergeCell ref="B28:H28"/>
+    <mergeCell ref="B34:H34"/>
+    <mergeCell ref="B24:H24"/>
+    <mergeCell ref="B26:H26"/>
+    <mergeCell ref="D20:F20"/>
+    <mergeCell ref="C17:E17"/>
+    <mergeCell ref="C18:E18"/>
+    <mergeCell ref="C19:E19"/>
     <mergeCell ref="C13:E13"/>
     <mergeCell ref="C14:E14"/>
-    <mergeCell ref="B35:H35"/>
-[...6 lines deleted...]
-    <mergeCell ref="A2:J2"/>
     <mergeCell ref="C12:E12"/>
     <mergeCell ref="C11:E11"/>
     <mergeCell ref="A7:B7"/>
-    <mergeCell ref="A4:D4"/>
     <mergeCell ref="C9:E9"/>
     <mergeCell ref="C10:E10"/>
-    <mergeCell ref="A5:D5"/>
     <mergeCell ref="C7:E7"/>
-    <mergeCell ref="B31:H31"/>
-[...7 lines deleted...]
-    <mergeCell ref="C21:E21"/>
   </mergeCells>
-  <phoneticPr fontId="8" type="noConversion"/>
+  <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.75" right="0.61" top="0.61" bottom="0.54" header="0.25" footer="0.5"/>
   <pageSetup scale="82" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:H28"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView topLeftCell="A8" workbookViewId="0">
       <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
   <cols>
-    <col min="1" max="1" width="7.83203125" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="8.83203125" style="10"/>
+    <col min="1" max="1" width="7.83203125" style="6" customWidth="1"/>
+    <col min="2" max="2" width="22.6640625" style="6" customWidth="1"/>
+    <col min="3" max="3" width="49" style="6" customWidth="1"/>
+    <col min="4" max="16384" width="8.83203125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A1" s="69" t="s">
+      <c r="A1" s="60" t="s">
+        <v>40</v>
+      </c>
+      <c r="B1" s="60"/>
+      <c r="C1" s="60"/>
+    </row>
+    <row r="2" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A2" s="51"/>
+      <c r="B2" s="51"/>
+      <c r="C2" s="51"/>
+    </row>
+    <row r="3" spans="1:3" ht="16" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A3" s="11" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A4" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" ht="26" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A5" s="7"/>
+      <c r="B5" s="47" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" s="8"/>
+    </row>
+    <row r="6" spans="1:3" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A6" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" s="15" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" ht="29.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A7" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="C7" s="15" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="35" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A8" s="9"/>
+      <c r="B8" s="77" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" s="78"/>
+    </row>
+    <row r="9" spans="1:3" ht="29.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A9" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="14" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" s="15" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" ht="29.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A10" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" ht="41" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A11" s="10"/>
+      <c r="B11" s="10"/>
+      <c r="C11" s="10"/>
+    </row>
+    <row r="12" spans="1:3" ht="17" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A12" s="12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" s="10"/>
+      <c r="C12" s="10"/>
+    </row>
+    <row r="13" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A13" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="B13" s="16" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" ht="14" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A14" s="17">
+        <v>0</v>
+      </c>
+      <c r="B14" s="18" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" ht="14" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A15" s="17">
+        <v>1</v>
+      </c>
+      <c r="B15" s="18" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" ht="14" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A16" s="17">
+        <v>2</v>
+      </c>
+      <c r="B16" s="18" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="14" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A17" s="17">
+        <v>3</v>
+      </c>
+      <c r="B17" s="18" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="14" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A18" s="17">
+        <v>4</v>
+      </c>
+      <c r="B18" s="18" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="14" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A19" s="17">
+        <v>5</v>
+      </c>
+      <c r="B19" s="18" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="14" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A20" s="17">
+        <v>6</v>
+      </c>
+      <c r="B20" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="14" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A21" s="17">
+        <v>7</v>
+      </c>
+      <c r="B21" s="18" t="s">
         <v>59</v>
       </c>
-      <c r="B1" s="69"/>
-[...163 lines deleted...]
-      </c>
     </row>
     <row r="22" spans="1:8" ht="14" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A22" s="23">
+      <c r="A22" s="17">
         <v>9988899</v>
       </c>
-      <c r="B22" s="24" t="s">
-        <v>45</v>
+      <c r="B22" s="18" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="41" customHeight="1" x14ac:dyDescent="0.15"/>
-    <row r="25" spans="1:8" s="6" customFormat="1" ht="44" customHeight="1" x14ac:dyDescent="0.15">
-[...37 lines deleted...]
-      <c r="H28" s="9"/>
+    <row r="25" spans="1:8" s="5" customFormat="1" ht="44" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A25" s="76"/>
+      <c r="B25" s="76"/>
+      <c r="C25" s="76"/>
+      <c r="D25" s="50"/>
+      <c r="E25" s="50"/>
+      <c r="F25" s="50"/>
+      <c r="G25" s="50"/>
+      <c r="H25" s="50"/>
+    </row>
+    <row r="26" spans="1:8" s="5" customFormat="1" ht="34" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A26" s="76"/>
+      <c r="B26" s="76"/>
+      <c r="C26" s="76"/>
+      <c r="D26" s="50"/>
+      <c r="E26" s="50"/>
+      <c r="F26" s="50"/>
+      <c r="G26" s="50"/>
+      <c r="H26" s="50"/>
+    </row>
+    <row r="27" spans="1:8" s="5" customFormat="1" ht="22" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A27" s="76"/>
+      <c r="B27" s="76"/>
+      <c r="C27" s="76"/>
+      <c r="D27" s="50"/>
+      <c r="E27" s="50"/>
+      <c r="F27" s="50"/>
+      <c r="G27" s="50"/>
+      <c r="H27" s="50"/>
+    </row>
+    <row r="28" spans="1:8" s="5" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A28" s="76"/>
+      <c r="B28" s="76"/>
+      <c r="C28" s="76"/>
+      <c r="D28" s="50"/>
+      <c r="E28" s="50"/>
+      <c r="F28" s="50"/>
+      <c r="G28" s="50"/>
+      <c r="H28" s="50"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A28:C28"/>
     <mergeCell ref="A27:C27"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A25:C25"/>
     <mergeCell ref="A26:C26"/>
   </mergeCells>
-  <phoneticPr fontId="8" type="noConversion"/>
+  <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.86" right="0.64" top="0.67" bottom="0.53" header="0.67" footer="0.5"/>
   <pageSetup orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Template</vt:lpstr>
       <vt:lpstr>Cost Sharing Type and Codes</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>MIT</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Cost Sharing Template Form</dc:title>
-[...2 lines deleted...]
-  <cp:keywords>Cost Sharing;Form</cp:keywords>
+  <dc:title>Cost Sharing Template - December 2025</dc:title>
+  <dc:subject>Cost Sharing Template</dc:subject>
+  <dc:creator>Amy Holden, Robert Tolu, Meredith Hanna</dc:creator>
+  <cp:keywords>Cost Sharing; Form</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>